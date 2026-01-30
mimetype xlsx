--- v0 (2025-10-07)
+++ v1 (2026-01-30)
@@ -4,68 +4,68 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\xxsvajit\Desktop\Podklady web\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\xxsvajit\Desktop\Podklady web\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="21570" windowHeight="6825"/>
   </bookViews>
   <sheets>
     <sheet name="Web" sheetId="4" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Web!$1:$3</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="109" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="111" uniqueCount="67">
   <si>
     <t>ÚHRN</t>
   </si>
   <si>
     <t>Neudáno</t>
   </si>
   <si>
     <t>30 000–39 999</t>
   </si>
   <si>
     <t>40 000–49 999</t>
   </si>
   <si>
     <t>50 000–59 999</t>
   </si>
   <si>
     <t>60 000–69 999</t>
   </si>
   <si>
     <t xml:space="preserve">  5 000–5 999</t>
   </si>
   <si>
     <t xml:space="preserve">  6 000–6 999</t>
   </si>
   <si>
@@ -219,50 +219,53 @@
     <t>230 000–239 999</t>
   </si>
   <si>
     <t>240 000–249 999</t>
   </si>
   <si>
     <t>190 000–199 999</t>
   </si>
   <si>
     <t>180 000–189 999</t>
   </si>
   <si>
     <t>170 000–179 999</t>
   </si>
   <si>
     <t>160 000–169 999</t>
   </si>
   <si>
     <t>150 000–159 999</t>
   </si>
   <si>
     <t>90 000–99 999</t>
   </si>
   <si>
     <t> k 31. 12. 2024</t>
+  </si>
+  <si>
+    <t> k 31. 12. 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Tahoma"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
@@ -1010,1420 +1013,1532 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <tabColor rgb="FFFFC000"/>
   </sheetPr>
-  <dimension ref="B1:L88"/>
+  <dimension ref="B1:M88"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="O47" sqref="O47"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A5" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="M49" sqref="M49"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3" style="4" customWidth="1"/>
     <col min="2" max="2" width="37.140625" style="4" customWidth="1"/>
-    <col min="3" max="12" width="18.5703125" style="4" customWidth="1"/>
-    <col min="13" max="16384" width="9.140625" style="4"/>
+    <col min="3" max="13" width="18.5703125" style="4" customWidth="1"/>
+    <col min="14" max="16384" width="9.140625" style="4"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:12" x14ac:dyDescent="0.2">
+    <row r="1" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B1" s="1" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="2" spans="2:12" x14ac:dyDescent="0.2">
+    <row r="2" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B2" s="2" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="3" spans="2:12" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B3" s="2" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="4" spans="2:12" ht="15" thickBot="1" x14ac:dyDescent="0.25"/>
-    <row r="5" spans="2:12" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:13" ht="15" thickBot="1" x14ac:dyDescent="0.25"/>
+    <row r="5" spans="2:13" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="14" t="s">
         <v>45</v>
       </c>
       <c r="C5" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D5" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E5" s="21" t="s">
         <v>36</v>
       </c>
       <c r="F5" s="17" t="s">
         <v>37</v>
       </c>
       <c r="G5" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H5" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I5" s="15" t="s">
         <v>52</v>
       </c>
       <c r="J5" s="15" t="s">
         <v>53</v>
       </c>
       <c r="K5" s="30" t="s">
         <v>54</v>
       </c>
-      <c r="L5" s="24" t="s">
+      <c r="L5" s="30" t="s">
         <v>65</v>
       </c>
-    </row>
-    <row r="6" spans="2:12" x14ac:dyDescent="0.2">
+      <c r="M5" s="24" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="6" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B6" s="5" t="s">
         <v>24</v>
       </c>
       <c r="C6" s="8">
         <v>24403</v>
       </c>
       <c r="D6" s="8">
         <v>24893</v>
       </c>
       <c r="E6" s="8">
         <v>23943</v>
       </c>
       <c r="F6" s="18">
         <v>22193</v>
       </c>
       <c r="G6" s="8">
         <v>17643</v>
       </c>
       <c r="H6" s="8">
         <v>15155</v>
       </c>
       <c r="I6" s="8">
         <v>14203</v>
       </c>
       <c r="J6" s="8">
         <v>9805</v>
       </c>
       <c r="K6" s="31">
         <v>8926</v>
       </c>
-      <c r="L6" s="9">
+      <c r="L6" s="31">
         <v>9235</v>
       </c>
-    </row>
-    <row r="7" spans="2:12" x14ac:dyDescent="0.2">
+      <c r="M6" s="9">
+        <v>9588</v>
+      </c>
+    </row>
+    <row r="7" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B7" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C7" s="8">
         <v>14699</v>
       </c>
       <c r="D7" s="8">
         <v>14853</v>
       </c>
       <c r="E7" s="8">
         <v>13517</v>
       </c>
       <c r="F7" s="18">
         <v>11861</v>
       </c>
       <c r="G7" s="8">
         <v>9072</v>
       </c>
       <c r="H7" s="8">
         <v>7573</v>
       </c>
       <c r="I7" s="8">
         <v>7150</v>
       </c>
       <c r="J7" s="8">
         <v>6082</v>
       </c>
       <c r="K7" s="31">
         <v>2480</v>
       </c>
-      <c r="L7" s="9">
+      <c r="L7" s="31">
         <v>2460</v>
       </c>
-    </row>
-    <row r="8" spans="2:12" x14ac:dyDescent="0.2">
+      <c r="M7" s="9">
+        <v>2622</v>
+      </c>
+    </row>
+    <row r="8" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B8" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C8" s="8">
         <v>26450</v>
       </c>
       <c r="D8" s="8">
         <v>25723</v>
       </c>
       <c r="E8" s="8">
         <v>22362</v>
       </c>
       <c r="F8" s="18">
         <v>19023</v>
       </c>
       <c r="G8" s="8">
         <v>13387</v>
       </c>
       <c r="H8" s="8">
         <v>10371</v>
       </c>
       <c r="I8" s="8">
         <v>9228</v>
       </c>
       <c r="J8" s="8">
         <v>6041</v>
       </c>
       <c r="K8" s="31">
         <v>4384</v>
       </c>
-      <c r="L8" s="9">
+      <c r="L8" s="31">
         <v>4349</v>
       </c>
-    </row>
-    <row r="9" spans="2:12" x14ac:dyDescent="0.2">
+      <c r="M8" s="9">
+        <v>4636</v>
+      </c>
+    </row>
+    <row r="9" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B9" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="8">
         <v>60954</v>
       </c>
       <c r="D9" s="8">
         <v>58760</v>
       </c>
       <c r="E9" s="8">
         <v>47091</v>
       </c>
       <c r="F9" s="18">
         <v>34230</v>
       </c>
       <c r="G9" s="8">
         <v>21196</v>
       </c>
       <c r="H9" s="8">
         <v>16064</v>
       </c>
       <c r="I9" s="8">
         <v>13081</v>
       </c>
       <c r="J9" s="8">
         <v>8071</v>
       </c>
       <c r="K9" s="31">
         <v>5025</v>
       </c>
-      <c r="L9" s="9">
+      <c r="L9" s="31">
         <v>4887</v>
       </c>
-    </row>
-    <row r="10" spans="2:12" x14ac:dyDescent="0.2">
+      <c r="M9" s="9">
+        <v>5213</v>
+      </c>
+    </row>
+    <row r="10" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B10" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="8">
         <v>147654</v>
       </c>
       <c r="D10" s="8">
         <v>139706</v>
       </c>
       <c r="E10" s="8">
         <v>109841</v>
       </c>
       <c r="F10" s="18">
         <v>77171</v>
       </c>
       <c r="G10" s="8">
         <v>38698</v>
       </c>
       <c r="H10" s="8">
         <v>24676</v>
       </c>
       <c r="I10" s="8">
         <v>19421</v>
       </c>
       <c r="J10" s="8">
         <v>10417</v>
       </c>
       <c r="K10" s="31">
         <v>6735</v>
       </c>
-      <c r="L10" s="9">
+      <c r="L10" s="31">
         <v>6453</v>
       </c>
-    </row>
-    <row r="11" spans="2:12" x14ac:dyDescent="0.2">
+      <c r="M10" s="9">
+        <v>6313</v>
+      </c>
+    </row>
+    <row r="11" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B11" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C11" s="8">
         <v>275938</v>
       </c>
       <c r="D11" s="8">
         <v>264239</v>
       </c>
       <c r="E11" s="8">
         <v>220926</v>
       </c>
       <c r="F11" s="18">
         <v>163066</v>
       </c>
       <c r="G11" s="8">
         <v>85670</v>
       </c>
       <c r="H11" s="8">
         <v>47073</v>
       </c>
       <c r="I11" s="8">
         <v>31086</v>
       </c>
       <c r="J11" s="8">
         <v>15010</v>
       </c>
       <c r="K11" s="31">
         <v>8280</v>
       </c>
-      <c r="L11" s="9">
+      <c r="L11" s="31">
         <v>8114</v>
       </c>
-    </row>
-    <row r="12" spans="2:12" x14ac:dyDescent="0.2">
+      <c r="M11" s="9">
+        <v>8396</v>
+      </c>
+    </row>
+    <row r="12" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B12" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C12" s="8">
         <v>366162</v>
       </c>
       <c r="D12" s="8">
         <v>358582</v>
       </c>
       <c r="E12" s="8">
         <v>315744</v>
       </c>
       <c r="F12" s="18">
         <v>262242</v>
       </c>
       <c r="G12" s="8">
         <v>161969</v>
       </c>
       <c r="H12" s="8">
         <v>95726</v>
       </c>
       <c r="I12" s="8">
         <v>59550</v>
       </c>
       <c r="J12" s="8">
         <v>20542</v>
       </c>
       <c r="K12" s="31">
         <v>11852</v>
       </c>
-      <c r="L12" s="9">
+      <c r="L12" s="31">
         <v>11194</v>
       </c>
-    </row>
-    <row r="13" spans="2:12" x14ac:dyDescent="0.2">
+      <c r="M12" s="9">
+        <v>10261</v>
+      </c>
+    </row>
+    <row r="13" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B13" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C13" s="8">
         <v>454637</v>
       </c>
       <c r="D13" s="8">
         <v>447960</v>
       </c>
       <c r="E13" s="8">
         <v>411670</v>
       </c>
       <c r="F13" s="18">
         <v>348562</v>
       </c>
       <c r="G13" s="8">
         <v>247731</v>
       </c>
       <c r="H13" s="8">
         <v>167269</v>
       </c>
       <c r="I13" s="8">
         <v>109313</v>
       </c>
       <c r="J13" s="8">
         <v>32945</v>
       </c>
       <c r="K13" s="31">
         <v>15485</v>
       </c>
-      <c r="L13" s="9">
+      <c r="L13" s="31">
         <v>14834</v>
       </c>
-    </row>
-    <row r="14" spans="2:12" x14ac:dyDescent="0.2">
+      <c r="M13" s="9">
+        <v>14091</v>
+      </c>
+    </row>
+    <row r="14" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B14" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="8">
         <v>403924</v>
       </c>
       <c r="D14" s="8">
         <v>411310</v>
       </c>
       <c r="E14" s="8">
         <v>431981</v>
       </c>
       <c r="F14" s="18">
         <v>422714</v>
       </c>
       <c r="G14" s="8">
         <v>321017</v>
       </c>
       <c r="H14" s="8">
         <v>237426</v>
       </c>
       <c r="I14" s="8">
         <v>169710</v>
       </c>
       <c r="J14" s="8">
         <v>57029</v>
       </c>
       <c r="K14" s="31">
         <v>21021</v>
       </c>
-      <c r="L14" s="9">
+      <c r="L14" s="31">
         <v>19359</v>
       </c>
-    </row>
-    <row r="15" spans="2:12" x14ac:dyDescent="0.2">
+      <c r="M14" s="9">
+        <v>17813</v>
+      </c>
+    </row>
+    <row r="15" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B15" s="5" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="8">
         <v>271132</v>
       </c>
       <c r="D15" s="8">
         <v>285544</v>
       </c>
       <c r="E15" s="8">
         <v>325411</v>
       </c>
       <c r="F15" s="18">
         <v>372288</v>
       </c>
       <c r="G15" s="8">
         <v>381376</v>
       </c>
       <c r="H15" s="8">
         <v>304538</v>
       </c>
       <c r="I15" s="8">
         <v>230863</v>
       </c>
       <c r="J15" s="8">
         <v>93823</v>
       </c>
       <c r="K15" s="31">
         <v>31227</v>
       </c>
-      <c r="L15" s="9">
+      <c r="L15" s="31">
         <v>27218</v>
       </c>
-    </row>
-    <row r="16" spans="2:12" x14ac:dyDescent="0.2">
+      <c r="M15" s="9">
+        <v>23926</v>
+      </c>
+    </row>
+    <row r="16" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="8">
         <v>158241</v>
       </c>
       <c r="D16" s="8">
         <v>172019</v>
       </c>
       <c r="E16" s="8">
         <v>220438</v>
       </c>
       <c r="F16" s="18">
         <v>277214</v>
       </c>
       <c r="G16" s="8">
         <v>375314</v>
       </c>
       <c r="H16" s="8">
         <v>354926</v>
       </c>
       <c r="I16" s="8">
         <v>286211</v>
       </c>
       <c r="J16" s="8">
         <v>138089</v>
       </c>
       <c r="K16" s="31">
         <v>51659</v>
       </c>
-      <c r="L16" s="9">
+      <c r="L16" s="31">
         <v>42621</v>
       </c>
-    </row>
-    <row r="17" spans="2:12" x14ac:dyDescent="0.2">
+      <c r="M16" s="9">
+        <v>35618</v>
+      </c>
+    </row>
+    <row r="17" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B17" s="5" t="s">
         <v>15</v>
       </c>
       <c r="C17" s="8">
         <v>92017</v>
       </c>
       <c r="D17" s="8">
         <v>99295</v>
       </c>
       <c r="E17" s="8">
         <v>116858</v>
       </c>
       <c r="F17" s="18">
         <v>174723</v>
       </c>
       <c r="G17" s="8">
         <v>293129</v>
       </c>
       <c r="H17" s="8">
         <v>350276</v>
       </c>
       <c r="I17" s="8">
         <v>323528</v>
       </c>
       <c r="J17" s="8">
         <v>182832</v>
       </c>
       <c r="K17" s="31">
         <v>84275</v>
       </c>
-      <c r="L17" s="9">
+      <c r="L17" s="31">
         <v>68764</v>
       </c>
-    </row>
-    <row r="18" spans="2:12" x14ac:dyDescent="0.2">
+      <c r="M17" s="9">
+        <v>57149</v>
+      </c>
+    </row>
+    <row r="18" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B18" s="5" t="s">
         <v>16</v>
       </c>
       <c r="C18" s="8">
         <v>33020</v>
       </c>
       <c r="D18" s="8">
         <v>37618</v>
       </c>
       <c r="E18" s="8">
         <v>68224</v>
       </c>
       <c r="F18" s="18">
         <v>107143</v>
       </c>
       <c r="G18" s="8">
         <v>189341</v>
       </c>
       <c r="H18" s="8">
         <v>282658</v>
       </c>
       <c r="I18" s="8">
         <v>321363</v>
       </c>
       <c r="J18" s="8">
         <v>227261</v>
       </c>
       <c r="K18" s="31">
         <v>118934</v>
       </c>
-      <c r="L18" s="9">
+      <c r="L18" s="31">
         <v>103980</v>
       </c>
-    </row>
-    <row r="19" spans="2:12" x14ac:dyDescent="0.2">
+      <c r="M18" s="9">
+        <v>88890</v>
+      </c>
+    </row>
+    <row r="19" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B19" s="5" t="s">
         <v>17</v>
       </c>
       <c r="C19" s="8">
         <v>17399</v>
       </c>
       <c r="D19" s="8">
         <v>19772</v>
       </c>
       <c r="E19" s="8">
         <v>28192</v>
       </c>
       <c r="F19" s="18">
         <v>45578</v>
       </c>
       <c r="G19" s="8">
         <v>116513</v>
       </c>
       <c r="H19" s="8">
         <v>193692</v>
       </c>
       <c r="I19" s="8">
         <v>265369</v>
       </c>
       <c r="J19" s="8">
         <v>258410</v>
       </c>
       <c r="K19" s="31">
         <v>164305</v>
       </c>
-      <c r="L19" s="9">
+      <c r="L19" s="31">
         <v>141540</v>
       </c>
-    </row>
-    <row r="20" spans="2:12" x14ac:dyDescent="0.2">
+      <c r="M19" s="9">
+        <v>121053</v>
+      </c>
+    </row>
+    <row r="20" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B20" s="5" t="s">
         <v>18</v>
       </c>
       <c r="C20" s="8">
         <v>9566</v>
       </c>
       <c r="D20" s="8">
         <v>10978</v>
       </c>
       <c r="E20" s="8">
         <v>15532</v>
       </c>
       <c r="F20" s="18">
         <v>24617</v>
       </c>
       <c r="G20" s="8">
         <v>55720</v>
       </c>
       <c r="H20" s="8">
         <v>123738</v>
       </c>
       <c r="I20" s="8">
         <v>191639</v>
       </c>
       <c r="J20" s="8">
         <v>280454</v>
       </c>
       <c r="K20" s="31">
         <v>205718</v>
       </c>
-      <c r="L20" s="9">
+      <c r="L20" s="31">
         <v>185726</v>
       </c>
-    </row>
-    <row r="21" spans="2:12" x14ac:dyDescent="0.2">
+      <c r="M20" s="9">
+        <v>164139</v>
+      </c>
+    </row>
+    <row r="21" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B21" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C21" s="8">
         <v>5836</v>
       </c>
       <c r="D21" s="8">
         <v>6657</v>
       </c>
       <c r="E21" s="8">
         <v>8931</v>
       </c>
       <c r="F21" s="18">
         <v>14115</v>
       </c>
       <c r="G21" s="8">
         <v>29360</v>
       </c>
       <c r="H21" s="8">
         <v>64258</v>
       </c>
       <c r="I21" s="8">
         <v>116407</v>
       </c>
       <c r="J21" s="8">
         <v>268153</v>
       </c>
       <c r="K21" s="31">
         <v>237677</v>
       </c>
-      <c r="L21" s="9">
+      <c r="L21" s="31">
         <v>219732</v>
       </c>
-    </row>
-    <row r="22" spans="2:12" x14ac:dyDescent="0.2">
+      <c r="M21" s="9">
+        <v>199547</v>
+      </c>
+    </row>
+    <row r="22" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B22" s="5" t="s">
         <v>25</v>
       </c>
       <c r="C22" s="8">
         <v>4044</v>
       </c>
       <c r="D22" s="8">
         <v>4601</v>
       </c>
       <c r="E22" s="8">
         <v>6038</v>
       </c>
       <c r="F22" s="18">
         <v>8635</v>
       </c>
       <c r="G22" s="8">
         <v>17247</v>
       </c>
       <c r="H22" s="8">
         <v>34871</v>
       </c>
       <c r="I22" s="8">
         <v>83865</v>
       </c>
       <c r="J22" s="8">
         <v>223529</v>
       </c>
       <c r="K22" s="31">
         <v>263641</v>
       </c>
-      <c r="L22" s="9">
+      <c r="L22" s="31">
         <v>248392</v>
       </c>
-    </row>
-    <row r="23" spans="2:12" x14ac:dyDescent="0.2">
+      <c r="M22" s="9">
+        <v>229584</v>
+      </c>
+    </row>
+    <row r="23" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B23" s="5" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="8">
         <v>2853</v>
       </c>
       <c r="D23" s="8">
         <v>3356</v>
       </c>
       <c r="E23" s="8">
         <v>4316</v>
       </c>
       <c r="F23" s="18">
         <v>6050</v>
       </c>
       <c r="G23" s="8">
         <v>10528</v>
       </c>
       <c r="H23" s="8">
         <v>20685</v>
       </c>
       <c r="I23" s="8">
         <v>40587</v>
       </c>
       <c r="J23" s="8">
         <v>170057</v>
       </c>
       <c r="K23" s="31">
         <v>269972</v>
       </c>
-      <c r="L23" s="9">
+      <c r="L23" s="31">
         <v>267484</v>
       </c>
-    </row>
-    <row r="24" spans="2:12" x14ac:dyDescent="0.2">
+      <c r="M23" s="9">
+        <v>255408</v>
+      </c>
+    </row>
+    <row r="24" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B24" s="5" t="s">
         <v>27</v>
       </c>
       <c r="C24" s="8">
         <v>2004</v>
       </c>
       <c r="D24" s="8">
         <v>2325</v>
       </c>
       <c r="E24" s="8">
         <v>3167</v>
       </c>
       <c r="F24" s="18">
         <v>4399</v>
       </c>
       <c r="G24" s="8">
         <v>7159</v>
       </c>
       <c r="H24" s="8">
         <v>12712</v>
       </c>
       <c r="I24" s="8">
         <v>24500</v>
       </c>
       <c r="J24" s="8">
         <v>113104</v>
       </c>
       <c r="K24" s="31">
         <v>243678</v>
       </c>
-      <c r="L24" s="9">
+      <c r="L24" s="31">
         <v>253341</v>
       </c>
-    </row>
-    <row r="25" spans="2:12" x14ac:dyDescent="0.2">
+      <c r="M24" s="9">
+        <v>256301</v>
+      </c>
+    </row>
+    <row r="25" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B25" s="5" t="s">
         <v>28</v>
       </c>
       <c r="C25" s="8">
         <v>1487</v>
       </c>
       <c r="D25" s="8">
         <v>1742</v>
       </c>
       <c r="E25" s="8">
         <v>2290</v>
       </c>
       <c r="F25" s="18">
         <v>3254</v>
       </c>
       <c r="G25" s="8">
         <v>5238</v>
       </c>
       <c r="H25" s="8">
         <v>8612</v>
       </c>
       <c r="I25" s="8">
         <v>15485</v>
       </c>
       <c r="J25" s="8">
         <v>87403</v>
       </c>
       <c r="K25" s="31">
         <v>189085</v>
       </c>
-      <c r="L25" s="9">
+      <c r="L25" s="31">
         <v>215368</v>
       </c>
-    </row>
-    <row r="26" spans="2:12" x14ac:dyDescent="0.2">
+      <c r="M25" s="9">
+        <v>230936</v>
+      </c>
+    </row>
+    <row r="26" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B26" s="5" t="s">
         <v>29</v>
       </c>
       <c r="C26" s="8">
         <v>1094</v>
       </c>
       <c r="D26" s="8">
         <v>1300</v>
       </c>
       <c r="E26" s="8">
         <v>1666</v>
       </c>
       <c r="F26" s="18">
         <v>2445</v>
       </c>
       <c r="G26" s="8">
         <v>3876</v>
       </c>
       <c r="H26" s="8">
         <v>6234</v>
       </c>
       <c r="I26" s="8">
         <v>10298</v>
       </c>
       <c r="J26" s="8">
         <v>47156</v>
       </c>
       <c r="K26" s="31">
         <v>129140</v>
       </c>
-      <c r="L26" s="9">
+      <c r="L26" s="31">
         <v>151571</v>
       </c>
-    </row>
-    <row r="27" spans="2:12" x14ac:dyDescent="0.2">
+      <c r="M26" s="9">
+        <v>175716</v>
+      </c>
+    </row>
+    <row r="27" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B27" s="5" t="s">
         <v>30</v>
       </c>
       <c r="C27" s="8">
         <v>932</v>
       </c>
       <c r="D27" s="8">
         <v>1118</v>
       </c>
       <c r="E27" s="8">
         <v>1379</v>
       </c>
       <c r="F27" s="18">
         <v>1822</v>
       </c>
       <c r="G27" s="8">
         <v>2874</v>
       </c>
       <c r="H27" s="8">
         <v>4682</v>
       </c>
       <c r="I27" s="8">
         <v>7349</v>
       </c>
       <c r="J27" s="8">
         <v>29888</v>
       </c>
       <c r="K27" s="31">
         <v>100034</v>
       </c>
-      <c r="L27" s="9">
+      <c r="L27" s="31">
         <v>118424</v>
       </c>
-    </row>
-    <row r="28" spans="2:12" x14ac:dyDescent="0.2">
+      <c r="M27" s="9">
+        <v>124729</v>
+      </c>
+    </row>
+    <row r="28" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B28" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C28" s="8">
         <v>615</v>
       </c>
       <c r="D28" s="8">
         <v>798</v>
       </c>
       <c r="E28" s="8">
         <v>1105</v>
       </c>
       <c r="F28" s="18">
         <v>1496</v>
       </c>
       <c r="G28" s="8">
         <v>2245</v>
       </c>
       <c r="H28" s="8">
         <v>3494</v>
       </c>
       <c r="I28" s="8">
         <v>5571</v>
       </c>
       <c r="J28" s="8">
         <v>19876</v>
       </c>
       <c r="K28" s="31">
         <v>57672</v>
       </c>
-      <c r="L28" s="9">
+      <c r="L28" s="31">
         <v>72275</v>
       </c>
-    </row>
-    <row r="29" spans="2:12" x14ac:dyDescent="0.2">
+      <c r="M28" s="9">
+        <v>99341</v>
+      </c>
+    </row>
+    <row r="29" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B29" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C29" s="8">
         <v>474</v>
       </c>
       <c r="D29" s="8">
         <v>687</v>
       </c>
       <c r="E29" s="8">
         <v>884</v>
       </c>
       <c r="F29" s="18">
         <v>1226</v>
       </c>
       <c r="G29" s="8">
         <v>1704</v>
       </c>
       <c r="H29" s="8">
         <v>2731</v>
       </c>
       <c r="I29" s="8">
         <v>4332</v>
       </c>
       <c r="J29" s="8">
         <v>13388</v>
       </c>
       <c r="K29" s="31">
         <v>37842</v>
       </c>
-      <c r="L29" s="9">
+      <c r="L29" s="31">
         <v>46679</v>
       </c>
-    </row>
-    <row r="30" spans="2:12" x14ac:dyDescent="0.2">
+      <c r="M29" s="9">
+        <v>57639</v>
+      </c>
+    </row>
+    <row r="30" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B30" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C30" s="8">
         <v>324</v>
       </c>
       <c r="D30" s="8">
         <v>374</v>
       </c>
       <c r="E30" s="8">
         <v>722</v>
       </c>
       <c r="F30" s="18">
         <v>951</v>
       </c>
       <c r="G30" s="8">
         <v>1487</v>
       </c>
       <c r="H30" s="8">
         <v>2150</v>
       </c>
       <c r="I30" s="8">
         <v>3237</v>
       </c>
       <c r="J30" s="8">
         <v>9464</v>
       </c>
       <c r="K30" s="31">
         <v>24924</v>
       </c>
-      <c r="L30" s="9">
+      <c r="L30" s="31">
         <v>31218</v>
       </c>
-    </row>
-    <row r="31" spans="2:12" x14ac:dyDescent="0.2">
+      <c r="M30" s="9">
+        <v>38505</v>
+      </c>
+    </row>
+    <row r="31" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B31" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C31" s="8">
         <v>213</v>
       </c>
       <c r="D31" s="8">
         <v>243</v>
       </c>
       <c r="E31" s="8">
         <v>452</v>
       </c>
       <c r="F31" s="18">
         <v>913</v>
       </c>
       <c r="G31" s="8">
         <v>1190</v>
       </c>
       <c r="H31" s="8">
         <v>1779</v>
       </c>
       <c r="I31" s="8">
         <v>2666</v>
       </c>
       <c r="J31" s="8">
         <v>7105</v>
       </c>
       <c r="K31" s="31">
         <v>17112</v>
       </c>
-      <c r="L31" s="9">
+      <c r="L31" s="31">
         <v>21119</v>
       </c>
-    </row>
-    <row r="32" spans="2:12" x14ac:dyDescent="0.2">
+      <c r="M31" s="9">
+        <v>25905</v>
+      </c>
+    </row>
+    <row r="32" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B32" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C32" s="8">
         <v>715</v>
       </c>
       <c r="D32" s="8">
         <v>808</v>
       </c>
       <c r="E32" s="8">
         <v>1098</v>
       </c>
       <c r="F32" s="18">
         <v>1919</v>
       </c>
       <c r="G32" s="8">
         <v>3803</v>
       </c>
       <c r="H32" s="8">
         <v>6543</v>
       </c>
       <c r="I32" s="8">
         <v>10798</v>
       </c>
       <c r="J32" s="8">
         <v>26082</v>
       </c>
       <c r="K32" s="31">
         <v>49943</v>
       </c>
-      <c r="L32" s="9">
+      <c r="L32" s="31">
         <v>58729</v>
       </c>
-    </row>
-    <row r="33" spans="2:12" x14ac:dyDescent="0.2">
+      <c r="M32" s="9">
+        <v>69300</v>
+      </c>
+    </row>
+    <row r="33" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B33" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C33" s="8">
         <v>68</v>
       </c>
       <c r="D33" s="8">
         <v>89</v>
       </c>
       <c r="E33" s="8">
         <v>117</v>
       </c>
       <c r="F33" s="18">
         <v>182</v>
       </c>
       <c r="G33" s="8">
         <v>255</v>
       </c>
       <c r="H33" s="8">
         <v>453</v>
       </c>
       <c r="I33" s="8">
         <v>821</v>
       </c>
       <c r="J33" s="8">
         <v>4603</v>
       </c>
       <c r="K33" s="31">
         <v>8937</v>
       </c>
-      <c r="L33" s="9">
+      <c r="L33" s="31">
         <v>10228</v>
       </c>
-    </row>
-    <row r="34" spans="2:12" x14ac:dyDescent="0.2">
+      <c r="M33" s="9">
+        <v>11547</v>
+      </c>
+    </row>
+    <row r="34" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B34" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C34" s="8">
         <v>19</v>
       </c>
       <c r="D34" s="8">
         <v>21</v>
       </c>
       <c r="E34" s="8">
         <v>27</v>
       </c>
       <c r="F34" s="18">
         <v>35</v>
       </c>
       <c r="G34" s="8">
         <v>53</v>
       </c>
       <c r="H34" s="8">
         <v>87</v>
       </c>
       <c r="I34" s="8">
         <v>142</v>
       </c>
       <c r="J34" s="8">
         <v>412</v>
       </c>
       <c r="K34" s="31">
         <v>994</v>
       </c>
-      <c r="L34" s="9">
+      <c r="L34" s="31">
         <v>1201</v>
       </c>
-    </row>
-    <row r="35" spans="2:12" x14ac:dyDescent="0.2">
+      <c r="M34" s="9">
+        <v>1519</v>
+      </c>
+    </row>
+    <row r="35" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B35" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C35" s="8">
         <v>6</v>
       </c>
       <c r="D35" s="8">
         <v>7</v>
       </c>
       <c r="E35" s="8">
         <v>5</v>
       </c>
       <c r="F35" s="18">
         <v>7</v>
       </c>
       <c r="G35" s="8">
         <v>13</v>
       </c>
       <c r="H35" s="8">
         <v>19</v>
       </c>
       <c r="I35" s="8">
         <v>33</v>
       </c>
       <c r="J35" s="8">
         <v>103</v>
       </c>
       <c r="K35" s="31">
         <v>191</v>
       </c>
-      <c r="L35" s="9">
+      <c r="L35" s="31">
         <v>211</v>
       </c>
-    </row>
-    <row r="36" spans="2:12" x14ac:dyDescent="0.2">
+      <c r="M35" s="9">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="36" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B36" s="5" t="s">
         <v>22</v>
       </c>
       <c r="C36" s="8">
         <v>3</v>
       </c>
       <c r="D36" s="8">
         <v>4</v>
       </c>
       <c r="E36" s="8">
         <v>6</v>
       </c>
       <c r="F36" s="18">
         <v>6</v>
       </c>
       <c r="G36" s="8">
         <v>6</v>
       </c>
       <c r="H36" s="8">
         <v>8</v>
       </c>
       <c r="I36" s="8">
         <v>14</v>
       </c>
       <c r="J36" s="8">
         <v>51</v>
       </c>
       <c r="K36" s="31">
         <v>93</v>
       </c>
-      <c r="L36" s="9">
+      <c r="L36" s="31">
         <v>93</v>
       </c>
-    </row>
-    <row r="37" spans="2:12" x14ac:dyDescent="0.2">
+      <c r="M36" s="9">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="37" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B37" s="5" t="s">
         <v>1</v>
       </c>
       <c r="C37" s="8">
         <v>0</v>
       </c>
       <c r="D37" s="8">
         <v>0</v>
       </c>
       <c r="E37" s="8">
         <v>0</v>
       </c>
       <c r="F37" s="18">
         <v>0</v>
       </c>
       <c r="G37" s="8">
         <v>0</v>
       </c>
       <c r="H37" s="8">
         <v>0</v>
       </c>
       <c r="I37" s="8">
         <v>0</v>
       </c>
       <c r="J37" s="8">
         <v>0</v>
       </c>
       <c r="K37" s="31">
         <v>0</v>
       </c>
-      <c r="L37" s="9">
+      <c r="L37" s="31">
         <v>0</v>
       </c>
-    </row>
-    <row r="38" spans="2:12" x14ac:dyDescent="0.2">
+      <c r="M37" s="9">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B38" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C38" s="10">
         <v>2376883</v>
       </c>
       <c r="D38" s="10">
         <v>2395382</v>
       </c>
       <c r="E38" s="10">
         <v>2403933</v>
       </c>
       <c r="F38" s="19">
         <v>2410080</v>
       </c>
       <c r="G38" s="10">
         <v>2414814</v>
       </c>
       <c r="H38" s="10">
         <v>2400479</v>
       </c>
       <c r="I38" s="10">
         <v>2377820</v>
       </c>
       <c r="J38" s="10">
         <v>2367185</v>
       </c>
       <c r="K38" s="32">
         <v>2371241</v>
       </c>
-      <c r="L38" s="11">
+      <c r="L38" s="32">
         <v>2366799</v>
       </c>
-    </row>
-    <row r="39" spans="2:12" x14ac:dyDescent="0.2">
+      <c r="M38" s="11">
+        <v>2346030</v>
+      </c>
+    </row>
+    <row r="39" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B39" s="5" t="s">
         <v>48</v>
       </c>
       <c r="C39" s="8">
         <v>11348</v>
       </c>
       <c r="D39" s="8">
         <v>11460</v>
       </c>
       <c r="E39" s="8">
         <v>11850</v>
       </c>
       <c r="F39" s="18">
         <v>12418</v>
       </c>
       <c r="G39" s="8">
         <v>13468</v>
       </c>
       <c r="H39" s="8">
         <v>14479</v>
       </c>
       <c r="I39" s="8">
         <v>15425</v>
       </c>
       <c r="J39" s="8">
         <v>18061</v>
       </c>
       <c r="K39" s="31">
         <v>20264</v>
       </c>
-      <c r="L39" s="9">
+      <c r="L39" s="31">
         <v>20680</v>
       </c>
-    </row>
-    <row r="40" spans="2:12" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="M39" s="9">
+        <v>21094</v>
+      </c>
+    </row>
+    <row r="40" spans="2:13" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B40" s="7" t="s">
         <v>23</v>
       </c>
       <c r="C40" s="12">
         <v>12503.013755103593</v>
       </c>
       <c r="D40" s="12">
         <v>12596</v>
       </c>
       <c r="E40" s="12">
         <v>12988.894359975977</v>
       </c>
       <c r="F40" s="20">
         <v>13568.487642479218</v>
       </c>
       <c r="G40" s="12">
         <v>14805.689183925646</v>
       </c>
       <c r="H40" s="12">
         <v>15847.07607913547</v>
       </c>
       <c r="I40" s="12">
         <v>16880.0871023994</v>
       </c>
       <c r="J40" s="12">
         <v>19723.910746993402</v>
       </c>
       <c r="K40" s="33">
         <v>22465.709296768677</v>
       </c>
-      <c r="L40" s="13">
+      <c r="L40" s="33">
         <v>22957.786720877022</v>
       </c>
-    </row>
-    <row r="41" spans="2:12" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="M40" s="13">
+        <v>23447.33916496277</v>
+      </c>
+    </row>
+    <row r="41" spans="2:13" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B41" s="25"/>
       <c r="C41" s="26"/>
       <c r="D41" s="26"/>
       <c r="E41" s="26"/>
       <c r="F41" s="26"/>
       <c r="G41" s="26"/>
       <c r="H41" s="26"/>
       <c r="I41" s="26"/>
       <c r="J41" s="26"/>
       <c r="K41" s="26"/>
       <c r="L41" s="26"/>
-    </row>
-    <row r="42" spans="2:12" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="M41" s="26"/>
+    </row>
+    <row r="42" spans="2:13" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B42" s="27" t="s">
         <v>56</v>
       </c>
       <c r="C42" s="28" t="s">
         <v>62</v>
       </c>
       <c r="D42" s="28" t="s">
         <v>62</v>
       </c>
       <c r="E42" s="28" t="s">
         <v>62</v>
       </c>
       <c r="F42" s="28" t="s">
         <v>61</v>
       </c>
       <c r="G42" s="28" t="s">
         <v>61</v>
       </c>
       <c r="H42" s="28" t="s">
         <v>60</v>
       </c>
       <c r="I42" s="28" t="s">
         <v>59</v>
       </c>
       <c r="J42" s="28" t="s">
         <v>57</v>
       </c>
       <c r="K42" s="29" t="s">
         <v>58</v>
       </c>
       <c r="L42" s="29" t="s">
         <v>58</v>
       </c>
-    </row>
-    <row r="43" spans="2:12" x14ac:dyDescent="0.2">
+      <c r="M42" s="29" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="43" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B43" s="25"/>
       <c r="C43" s="26"/>
       <c r="D43" s="26"/>
       <c r="E43" s="26"/>
       <c r="F43" s="26"/>
       <c r="G43" s="26"/>
       <c r="H43" s="26"/>
       <c r="I43" s="26"/>
       <c r="J43" s="26"/>
       <c r="K43" s="26"/>
       <c r="L43" s="26"/>
     </row>
-    <row r="44" spans="2:12" x14ac:dyDescent="0.2">
+    <row r="44" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B44" s="23" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="45" spans="2:12" x14ac:dyDescent="0.2">
+    <row r="45" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B45" s="22" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="46" spans="2:12" x14ac:dyDescent="0.2">
+    <row r="46" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B46" s="2" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="47" spans="2:12" x14ac:dyDescent="0.2">
+    <row r="47" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B47" s="2"/>
     </row>
-    <row r="48" spans="2:12" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="48" spans="2:13" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B48" s="2"/>
     </row>
     <row r="49" spans="2:6" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B49" s="14" t="s">
         <v>45</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E49" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F49" s="16" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="50" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B50" s="5" t="s">
         <v>24</v>
       </c>
       <c r="C50" s="8">
         <v>25091</v>